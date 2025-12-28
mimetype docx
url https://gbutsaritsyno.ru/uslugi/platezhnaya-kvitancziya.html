--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -1,613 +1,590 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10899" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3099"/>
         <w:gridCol w:w="2115"/>
         <w:gridCol w:w="760"/>
         <w:gridCol w:w="275"/>
         <w:gridCol w:w="250"/>
         <w:gridCol w:w="124"/>
         <w:gridCol w:w="890"/>
         <w:gridCol w:w="348"/>
         <w:gridCol w:w="103"/>
         <w:gridCol w:w="524"/>
         <w:gridCol w:w="2411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C5261" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="008C5261" w14:paraId="6CE130FF" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="100"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="00067F41">
+          <w:p w14:paraId="69213405" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="00067F41">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Извещение</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="39D5A418" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="5405055C" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="5FAB6FB0" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="4EE8A7E6" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="4E7E1126" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="5564BC8A" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="14A1DCE4" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="20A3D9BE" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="48E5095E" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="15A52F98" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="7D1FA8E4" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="429F2864" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="6EDD5E04" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="3D6CA98D" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="0CB167DC" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="00067F41">
+          <w:p w14:paraId="0CEA0A0A" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="00067F41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Кассир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRPr="00C223AC" w:rsidRDefault="00C223AC" w:rsidP="00C271B0">
+          <w:p w14:paraId="098FCE12" w14:textId="77777777" w:rsidR="008C5261" w:rsidRPr="00C223AC" w:rsidRDefault="00C223AC" w:rsidP="00C271B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C223AC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Департамент финансов города Москвы (ГБУ "Жилищник района Царицыно" </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Департамент финансов города Москвы (ГБУ "Жилищник района Царицыно" л/с </w:t>
+            </w:r>
+            <w:r w:rsidR="00B801DB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2699142000931117</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C223AC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5261" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="008C5261" w14:paraId="2FF359BE" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="1621AA24" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="00FF1190">
+          <w:p w14:paraId="2488D22A" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="00FF1190">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00067F41">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">(наименование получателя платежа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5261" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="008C5261" w14:paraId="42C045AB" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="196"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="25C6A89D" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="00726C9F">
+          <w:p w14:paraId="513F59AA" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="00726C9F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00726C9F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7724321964</w:t>
             </w:r>
             <w:r w:rsidR="00974953">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/772401001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="065FA54E" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="1E554CF2" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRPr="008C2BB8" w:rsidRDefault="008C2BB8">
+          <w:p w14:paraId="4975AED0" w14:textId="77777777" w:rsidR="008C5261" w:rsidRPr="008C2BB8" w:rsidRDefault="008C2BB8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2BB8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>03224643450000007300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5261" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="008C5261" w14:paraId="6012C864" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261">
+          <w:p w14:paraId="653D7E5F" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008C5261" w:rsidRDefault="00067F41" w:rsidP="00FF1190">
+          <w:p w14:paraId="0325E6C5" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="00067F41" w:rsidP="00FF1190">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">            (ИНН</w:t>
             </w:r>
             <w:r w:rsidR="00974953">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>/КПП</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -630,266 +607,251 @@
             <w:r w:rsidR="00FF1190">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00FF1190">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> (номер</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> счета получателя платежа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="16703162" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="4B9E8058" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00737EE7" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="42F85562" w14:textId="77777777" w:rsidR="00086386" w:rsidRPr="00086386" w:rsidRDefault="00086386" w:rsidP="00086386">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737EE7">
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ГУ Банка России по ЦФО</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00737EE7" w:rsidRPr="00737EE7">
+              <w:t xml:space="preserve">ОКЦ №1 ГУ Банка России по ЦФО//УФК по </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AAE7C8C" w14:textId="4BF06C77" w:rsidR="00581338" w:rsidRPr="00737EE7" w:rsidRDefault="00086386" w:rsidP="00086386">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">//УФК по </w:t>
-            </w:r>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00737EE7" w:rsidRPr="00737EE7">
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>г</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00737EE7" w:rsidRPr="00737EE7">
+              <w:t>г.Москве</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>.М</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00737EE7" w:rsidRPr="00737EE7">
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>г.Москва</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="32ECD2C3" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="425E5CC1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>БИК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="391930C1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>004525988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="0F71CD00" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="174"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="69234B33" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="005D5D60" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="0A08D220" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="005D5D60" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">      (наименование банка получателя платежа)   </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>КБК</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -911,1540 +873,1471 @@
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">       ОКТМО </w:t>
             </w:r>
             <w:r w:rsidRPr="00832040">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>45923000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="7D0EB21C" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="1BD23565" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3524" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
-[...27 lines deleted...]
-              <w:t>./</w:t>
+          <w:p w14:paraId="6A57269A" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Номер кор./</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>сч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. банка получателя платежа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4276" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00ED0512" w:rsidP="00581338">
+          <w:p w14:paraId="2C70C3A7" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00ED0512" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00581338">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>40102810545370000003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="58F11F7F" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="37D3D136" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="540DD3F7" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="31899248" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="05BDAF0C" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="255CBC0D" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3552378F" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2E2A3C6C" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">(наименование платежа) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> (номер лицевого счета (код) плательщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="48E2CAD6" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="79"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="71A6F6C4" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2D55B850" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ф.И.О. плательщика:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5685" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="4C8C9952" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="21023FCF" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3F8C4ABC" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="041BE3B8" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5685" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3CFBC004" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="24E425EE" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="6E56A051" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="0C514581" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F1A58">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сумма платы за услуги: _______________ руб. ______коп</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="6337545D" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="5F8FDA8D" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2CC02AD1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>“_____”__________________ 20___г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="214195A0" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="5CAC55B7" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
-[...30 lines deleted...]
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="5A6136D4" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С условиями приема указанной в платежном документе суммы, в т.ч. с суммой взимаемой платы за услуги банка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E814BB0" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ознакомлен и согласен.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Подпись плательщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="7988D272" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="140"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="6C15EA2C" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="1FC58C07" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7899ADB3" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3AA99EF8" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="18445C26" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="118FDF4C" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="577610A5" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="67695FF5" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="509327EC" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="386F747B" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="26D4742B" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3F795529" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2CC4E0EF" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="17F5FEE7" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="5340A1BC" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="71897D83" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="42A11116" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="381954A1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Квитанция </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3ED083F3" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="6062C47D" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Кассир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="4818C6A0" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C223AC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Департамент финансов города Москвы (ГБУ "Жилищник района Царицыно" </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Департамент финансов города Москвы (ГБУ "Жилищник района Царицыно" л/</w:t>
+            </w:r>
+            <w:r w:rsidR="00D26508" w:rsidRPr="00C223AC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:r w:rsidR="00D26508">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2699142000931117</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C223AC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>л</w:t>
-[...44 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="5591A9C6" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="10FE55F4" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="083432E8" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">(наименование получателя платежа) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="6DEFC4B7" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="502AF34F" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2875" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="1AC50A7F" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00726C9F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7724321964</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/772401001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="14307A17" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="250" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="22C87091" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4400" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00581338" w:rsidRDefault="00C55EC4" w:rsidP="00581338">
+          <w:p w14:paraId="7E932498" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00581338" w:rsidRDefault="00C55EC4" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C2BB8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>03224643450000007300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="61FCD724" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="225A9718" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="08633BE1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">(ИНН/КПП получателя платежа) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> (номер счета получателя платежа)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="2B114149" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3BD666F5" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00D26508" w:rsidP="00581338">
+          <w:p w14:paraId="0C6B258F" w14:textId="77777777" w:rsidR="00086386" w:rsidRPr="00086386" w:rsidRDefault="00086386" w:rsidP="00086386">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00086386">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОКЦ №1 ГУ Банка России по ЦФО//УФК по </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B38878B" w14:textId="058C925B" w:rsidR="00581338" w:rsidRDefault="00086386" w:rsidP="00086386">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00737EE7">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ГУ Банка России по ЦФО//УФК по </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00737EE7">
+              <w:t>г.Москве</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>г</w:t>
-[...22 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00737EE7">
+            <w:r w:rsidRPr="00086386">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>г.Москва</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="32B49E5D" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="562C1878" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>БИК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="74B3A6C1" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>004525988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="328ECA0A" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="174"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="50025B12" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="056C9B4F" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">      (наименование банка получателя платежа)       </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>КБК</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
@@ -2466,1269 +2359,1238 @@
             </w:r>
             <w:r w:rsidRPr="00CE23B6">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>130</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">       ОКТМО </w:t>
             </w:r>
             <w:r w:rsidRPr="00832040">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>45923000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="198AC6E7" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2AE9BF25" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3524" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
-[...27 lines deleted...]
-              <w:t>./</w:t>
+          <w:p w14:paraId="6456BC4A" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Номер кор./</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>сч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. банка получателя платежа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4276" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00744AB1" w:rsidP="00581338">
+          <w:p w14:paraId="6E825885" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00744AB1" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00581338">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>40102810545370000003</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="25B196FD" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="95"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7BFD44A3" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3E3F0E50" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="451" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="1414D886" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2935" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7EC34EC3" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="00563E34" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="28FA1D09" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="1E38B3CB" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">(наименование платежа) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> (номер лицевого счета (код) плательщика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="16DF3382" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="79"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="079D0100" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="006F1A58" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="2D3C01A5" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ф.И.О. плательщика:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5685" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7217D1F9" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="3F88CE46" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="190"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="0BC7CFA2" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="0B751F52" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Адрес плательщика:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5685" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="273F3960" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="4685BC44" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7E5E2852" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00FF1190" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="7D3DCA45" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:ind w:left="-30"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сумма платы за услуги: ________________ руб. ______коп.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="1199B3F4" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="139458A5" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00726C9F" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="3D19608C" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>“______”_____________________ 20___г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00581338" w:rsidTr="00AC1B11">
+      <w:tr w:rsidR="00581338" w14:paraId="4C1C7025" w14:textId="77777777" w:rsidTr="00AC1B11">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="443"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3099" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="509949FE" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
-[...30 lines deleted...]
-          <w:p w:rsidR="00581338" w:rsidRPr="00D23494" w:rsidRDefault="00581338" w:rsidP="00581338">
+          <w:p w14:paraId="23B87183" w14:textId="77777777" w:rsidR="00581338" w:rsidRDefault="00581338" w:rsidP="00581338">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С условиями приема указанной в платежном документе суммы, в т.ч. с суммой взимаемой платы за услуги банка </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75E77911" w14:textId="77777777" w:rsidR="00581338" w:rsidRPr="00D23494" w:rsidRDefault="00581338" w:rsidP="00581338">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>ознакомлен и согласен.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Подпись плательщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C5261" w:rsidRDefault="008C5261" w:rsidP="00E030B5">
+    <w:p w14:paraId="7A0715BA" w14:textId="77777777" w:rsidR="008C5261" w:rsidRDefault="008C5261" w:rsidP="00E030B5">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E030B5" w:rsidRDefault="00E030B5" w:rsidP="00CE23B6"/>
-[...2 lines deleted...]
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:p w14:paraId="7CD97C0C" w14:textId="77777777" w:rsidR="00E030B5" w:rsidRDefault="00E030B5" w:rsidP="00CE23B6"/>
+    <w:p w14:paraId="3E78E5C0" w14:textId="77777777" w:rsidR="00FF1190" w:rsidRDefault="00FF1190" w:rsidP="00FF1190"/>
+    <w:sectPr w:rsidR="00FF1190" w:rsidSect="00162955">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="284" w:right="849" w:bottom="284" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F1A58"/>
     <w:rsid w:val="00067F41"/>
+    <w:rsid w:val="00086386"/>
+    <w:rsid w:val="00162955"/>
     <w:rsid w:val="00581338"/>
     <w:rsid w:val="005D5876"/>
     <w:rsid w:val="005D5D60"/>
     <w:rsid w:val="006F1A58"/>
     <w:rsid w:val="00726C9F"/>
     <w:rsid w:val="00737EE7"/>
     <w:rsid w:val="00744AB1"/>
     <w:rsid w:val="008205DB"/>
     <w:rsid w:val="00832040"/>
     <w:rsid w:val="008C2BB8"/>
     <w:rsid w:val="008C5261"/>
     <w:rsid w:val="00911C59"/>
     <w:rsid w:val="00974953"/>
     <w:rsid w:val="00AC1B11"/>
+    <w:rsid w:val="00AF51A9"/>
     <w:rsid w:val="00B57213"/>
+    <w:rsid w:val="00B63C3C"/>
     <w:rsid w:val="00B801DB"/>
     <w:rsid w:val="00B94BF0"/>
     <w:rsid w:val="00BD6BC6"/>
     <w:rsid w:val="00C223AC"/>
     <w:rsid w:val="00C271B0"/>
     <w:rsid w:val="00C55EC4"/>
     <w:rsid w:val="00CE23B6"/>
     <w:rsid w:val="00D23494"/>
     <w:rsid w:val="00D26508"/>
     <w:rsid w:val="00DC3FD7"/>
+    <w:rsid w:val="00DC5CAF"/>
     <w:rsid w:val="00E030B5"/>
     <w:rsid w:val="00E908FA"/>
     <w:rsid w:val="00ED0512"/>
     <w:rsid w:val="00EF4908"/>
+    <w:rsid w:val="00F20655"/>
     <w:rsid w:val="00FF1190"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:defaultImageDpi w14:val="0"/>
+  <w14:docId w14:val="4E749290"/>
+  <w14:defaultImageDpi w14:val="96"/>
+  <w15:docId w15:val="{E92C4531-2124-4F90-95D0-FC382F64B87A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...384 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3779,59 +3641,59 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="005D5D60"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005D5D60"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4045,81 +3907,78 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>261</Words>
-  <Characters>1490</Characters>
+  <Words>183</Words>
+  <Characters>1584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Извещение</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SB RF</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1748</CharactersWithSpaces>
+  <CharactersWithSpaces>1764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Извещение</dc:title>
-  <dc:subject/>
   <dc:creator>User</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>